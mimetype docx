--- v0 (2025-10-25)
+++ v1 (2026-02-20)
@@ -5,59 +5,60 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4C5A15B8" w14:textId="12466B5D" w:rsidR="009F0573" w:rsidRDefault="009F0573" w:rsidP="00794BD1"/>
     <w:p w14:paraId="329190E0" w14:textId="156F9CCC" w:rsidR="00794BD1" w:rsidRDefault="00794BD1" w:rsidP="00794BD1"/>
     <w:p w14:paraId="75DEF328" w14:textId="77777777" w:rsidR="00794BD1" w:rsidRDefault="00794BD1" w:rsidP="00794BD1"/>
     <w:p w14:paraId="717D46A8" w14:textId="1E54EC7C" w:rsidR="00AE5A97" w:rsidRPr="004609C8" w:rsidRDefault="00453CB1" w:rsidP="008B3364">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="91440" distL="274320" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47AAED6A" wp14:editId="1BAD55D0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>277495</wp:posOffset>
             </wp:positionV>
@@ -131,77 +132,59 @@
         </w:rPr>
         <w:t xml:space="preserve">Un avis aux médias </w:t>
       </w:r>
       <w:r w:rsidR="005D291F" w:rsidRPr="00567492">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">est une invitation </w:t>
       </w:r>
       <w:r w:rsidR="00DC78D7" w:rsidRPr="00567492">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">à </w:t>
       </w:r>
       <w:r w:rsidRPr="00567492">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">assister à </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00567492">
+        <w:t xml:space="preserve">assister à un événement </w:t>
+      </w:r>
+      <w:r w:rsidR="005D291F" w:rsidRPr="00567492">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">un événement </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> à vos médiaux locaux. </w:t>
+        <w:t xml:space="preserve">envoyée à vos médiaux locaux. </w:t>
       </w:r>
       <w:r w:rsidRPr="00567492">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Il devrait </w:t>
       </w:r>
       <w:r w:rsidR="005D291F" w:rsidRPr="00567492">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">être envoyé </w:t>
       </w:r>
       <w:r w:rsidR="00DC78D7" w:rsidRPr="00567492">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">à </w:t>
       </w:r>
@@ -278,155 +261,123 @@
         <w:t>tête ou logo pour identifier votre organisme.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FA36465" w14:textId="3142A207" w:rsidR="005D291F" w:rsidRPr="00816123" w:rsidRDefault="005735E9" w:rsidP="005D291F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Utilisez </w:t>
       </w:r>
       <w:r w:rsidR="005D291F" w:rsidRPr="00816123">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">un grand titre qui décrit votre événement. </w:t>
       </w:r>
       <w:r w:rsidR="005D291F" w:rsidRPr="00816123">
-        <w:t xml:space="preserve">Par </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Par exemple :</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2A4F3D47" w14:textId="4277832D" w:rsidR="005D291F" w:rsidRPr="00816123" w:rsidRDefault="005D291F" w:rsidP="005D291F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00816123">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>« Le député provincial annoncer</w:t>
       </w:r>
       <w:r w:rsidR="00EB38CE">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00816123">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> l’octroi d’un financement pour un organisme local de bienfaisance venant en aide aux enfants » </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> l’octroi d’un financement pour un organisme local de bienfaisance venant en aide aux enfants » ou </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CEE8451" w14:textId="77777777" w:rsidR="005D291F" w:rsidRPr="00816123" w:rsidRDefault="005D291F" w:rsidP="005D291F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00816123">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>« Cérémonie soulignant l’ouverture officielle d’une nouvelle piscine accessible qui fera des vagues ».</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2556E1C2" w14:textId="523AA588" w:rsidR="005D291F" w:rsidRPr="00816123" w:rsidRDefault="006E002F" w:rsidP="005D291F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Précisez </w:t>
       </w:r>
       <w:r w:rsidR="005D291F" w:rsidRPr="00816123">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>le</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> QUOI? QUI? QUAND? </w:t>
+        <w:t xml:space="preserve">le QUOI? QUI? QUAND? </w:t>
       </w:r>
       <w:r w:rsidR="005D291F" w:rsidRPr="00816123">
         <w:t>OÙ?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="111F8A26" w14:textId="08C348A7" w:rsidR="005D291F" w:rsidRPr="00567492" w:rsidRDefault="005D291F" w:rsidP="005D291F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00567492">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Inclu</w:t>
       </w:r>
@@ -605,67 +556,51 @@
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Votre conseiller </w:t>
       </w:r>
       <w:r w:rsidRPr="00567492">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">l’examinera et vous le renverra pour que vous l’envoyiez à </w:t>
       </w:r>
       <w:r w:rsidR="005735E9" w:rsidRPr="00567492">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">votre </w:t>
       </w:r>
       <w:r w:rsidRPr="00567492">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">liste de </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> pour les médias.</w:t>
+        <w:t>liste de contacts pour les médias.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BBF606C" w14:textId="77777777" w:rsidR="005D291F" w:rsidRPr="005D291F" w:rsidRDefault="005D291F" w:rsidP="005D291F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DE0C212" w14:textId="1A9480FA" w:rsidR="00A73D31" w:rsidRPr="00764E36" w:rsidRDefault="005D291F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Times New Roman (Headings CS)"/>
           <w:b/>
           <w:color w:val="893B67"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00764E36">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Times New Roman (Headings CS)"/>
           <w:b/>
           <w:color w:val="893B67"/>
@@ -1131,259 +1066,259 @@
         <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Grand titre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D52EC8C" w14:textId="77777777" w:rsidR="00A73D31" w:rsidRPr="0062122B" w:rsidRDefault="00A73D31" w:rsidP="00A73D31">
+    <w:p w14:paraId="0149A190" w14:textId="551A5850" w:rsidR="00A73D31" w:rsidRPr="0062122B" w:rsidRDefault="00A73D31" w:rsidP="00A73D31">
       <w:pPr>
         <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="2160"/>
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="292929"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">QUOI - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="292929"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>DATE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>HEURE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>NOM DU DÉPUTÉ PROVINCIAL DE LA CIRCONSCRIPTION</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sera présent à </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>LIEU DE L’ÉV</w:t>
+      </w:r>
+      <w:r w:rsidR="006E002F" w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>É</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>NEMENT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour célébrer l’obtention d’une subvention </w:t>
+      </w:r>
+      <w:r w:rsidR="006E002F" w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>financée</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par le gouvernement de l’Ontario par l’entremise de la Fondation Trillium de l’Ontario (FTO) afin de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>COURTE DESCRIPTION DU PROJET</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>VILLE.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0149A190" w14:textId="551A5850" w:rsidR="00A73D31" w:rsidRPr="0062122B" w:rsidRDefault="00A73D31" w:rsidP="00A73D31">
-[...166 lines deleted...]
-    <w:p w14:paraId="00C7B79B" w14:textId="15C5C5D1" w:rsidR="00A73D31" w:rsidRPr="0062122B" w:rsidRDefault="00ED3068" w:rsidP="00A73D31">
+    <w:p w14:paraId="00C7B79B" w14:textId="082594D1" w:rsidR="00A73D31" w:rsidRPr="0062122B" w:rsidRDefault="00ED3068" w:rsidP="00A73D31">
       <w:pPr>
         <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>NOM DU DÉPUTÉ PROVINCIAL</w:t>
       </w:r>
       <w:r w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et un bénévole de la FTO</w:t>
+        <w:t xml:space="preserve"> et un </w:t>
+      </w:r>
+      <w:r w:rsidR="002243D5" w:rsidRPr="002243D5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">membre de l’équipe d'évaluation des demandes de subvention </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062122B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>de la FTO</w:t>
       </w:r>
       <w:r w:rsidR="00581EA8" w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">assisteront à l’événement pour reconnaître la subvention du gouvernement et son impact </w:t>
       </w:r>
       <w:r w:rsidR="006E002F" w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>dans</w:t>
       </w:r>
@@ -1519,96 +1454,104 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00581EA8" w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">NOM, DÉPUTÉ PROVINCIAL de NOM DE LA CIRCONSCRIPTION </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F0B8E91" w14:textId="0716CDCE" w:rsidR="00A73D31" w:rsidRPr="0062122B" w:rsidRDefault="00A73D31" w:rsidP="00A73D31">
+    <w:p w14:paraId="1F0B8E91" w14:textId="5D72BF12" w:rsidR="00A73D31" w:rsidRPr="0062122B" w:rsidRDefault="00A73D31" w:rsidP="002243D5">
       <w:pPr>
         <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1440" w:firstLine="720"/>
+        <w:ind w:left="2160"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00581EA8" w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>OM</w:t>
       </w:r>
       <w:r w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:r w:rsidR="002243D5" w:rsidRPr="002243D5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="292929"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
+        <w:t>membre de l’équipe d'évaluation des demandes de subvention</w:t>
+      </w:r>
       <w:r w:rsidR="00581EA8" w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t>bénévole de la FTO</w:t>
+        <w:t xml:space="preserve"> de la FTO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1969086D" w14:textId="7B49CD9C" w:rsidR="00A73D31" w:rsidRPr="0062122B" w:rsidRDefault="00A73D31" w:rsidP="00A73D31">
       <w:pPr>
         <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00581EA8" w:rsidRPr="0062122B">
         <w:rPr>
@@ -2585,75 +2528,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BA4B3E5" w14:textId="4C577C83" w:rsidR="005D291F" w:rsidRPr="00816123" w:rsidRDefault="00DF4F49" w:rsidP="00DF4F49">
       <w:pPr>
         <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Peer </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> Services lance un nouveau programme grâce à une subvention </w:t>
+        <w:t xml:space="preserve">Peer Counselling Services lance un nouveau programme grâce à une subvention </w:t>
       </w:r>
       <w:r w:rsidR="006E002F" w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">du </w:t>
       </w:r>
       <w:r w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>gouvernement de l’Ontario</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="589640CA" w14:textId="77777777" w:rsidR="005D291F" w:rsidRPr="00816123" w:rsidRDefault="005D291F" w:rsidP="005D291F">
@@ -2803,69 +2722,51 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F2016">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Mercury,</w:t>
       </w:r>
       <w:r w:rsidRPr="00816123">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> sera présent à </w:t>
       </w:r>
       <w:r w:rsidR="009F2016" w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Peer </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Services</w:t>
+        <w:t>Peer Counselling Services</w:t>
       </w:r>
       <w:r w:rsidR="009F2016" w:rsidRPr="0062122B">
         <w:rPr>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PCS)</w:t>
       </w:r>
       <w:r w:rsidRPr="00816123">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F2016" w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">pour célébrer l’obtention d’une subvention </w:t>
       </w:r>
       <w:r w:rsidR="006E002F" w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
@@ -3470,156 +3371,126 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009F2016" w:rsidRPr="009F2016">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Steph Potter, </w:t>
       </w:r>
       <w:r w:rsidR="009F2016">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">directeur général, </w:t>
       </w:r>
       <w:r w:rsidR="009F2016" w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Peer </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Services</w:t>
+        <w:t>Peer Counselling Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06C5B1DD" w14:textId="44200840" w:rsidR="005D291F" w:rsidRPr="00816123" w:rsidRDefault="005D291F" w:rsidP="005D291F">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160"/>
         <w:outlineLvl w:val="6"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50A9D537" w14:textId="5C2825FF" w:rsidR="009F2016" w:rsidRDefault="005D291F" w:rsidP="005D291F">
       <w:pPr>
         <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00816123">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>QUAND</w:t>
       </w:r>
       <w:r w:rsidR="009F2016">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00816123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="292929"/>
+          <w:lang w:val="fr-CA"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00816123">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00816123">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00816123">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009F2016">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendredi 12 </w:t>
       </w:r>
       <w:r w:rsidR="006E002F">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>janvier</w:t>
       </w:r>
     </w:p>
@@ -3679,121 +3550,87 @@
         <w:t>OÙ</w:t>
       </w:r>
       <w:r w:rsidR="009F2016">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidRPr="00816123">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009F2016" w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Peer </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Services</w:t>
+        <w:t>Peer Counselling Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="332E62B4" w14:textId="531421B0" w:rsidR="009F2016" w:rsidRPr="0062122B" w:rsidRDefault="009F2016" w:rsidP="009F2016">
       <w:pPr>
         <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>951</w:t>
       </w:r>
       <w:r w:rsidR="00DA13EC" w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>, allée</w:t>
       </w:r>
       <w:r w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> Sugercane, </w:t>
       </w:r>
       <w:r w:rsidR="00DA13EC" w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Bureau</w:t>
       </w:r>
       <w:r w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EE723A7" w14:textId="3036D8AC" w:rsidR="005D291F" w:rsidRPr="00816123" w:rsidRDefault="009F2016" w:rsidP="009F2016">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
@@ -3892,50 +3729,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00816123">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
             <w:lang w:val="fr-CA"/>
           </w:rPr>
           <w:id w:val="520128617"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Watermarks"/>
           </w:docPartObj>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent/>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="6BCC9689" w14:textId="77777777" w:rsidR="005D291F" w:rsidRPr="00816123" w:rsidRDefault="005D291F" w:rsidP="005D291F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="2160"/>
@@ -4033,245 +3871,222 @@
       </w:r>
       <w:r w:rsidR="006E002F" w:rsidRPr="0062122B">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="292929"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>Pour obtenir plus d’informations, communiquez avec :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A876DC1" w14:textId="3F4153FC" w:rsidR="006E002F" w:rsidRPr="002341FF" w:rsidRDefault="006E002F" w:rsidP="006E002F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
         </w:rPr>
-        <w:t xml:space="preserve">Steph Potter, </w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Steph Potter, directeur général</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="388A6C37" w14:textId="77777777" w:rsidR="006E002F" w:rsidRPr="002341FF" w:rsidRDefault="006E002F" w:rsidP="006E002F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
         </w:rPr>
         <w:t>Peer Counselling Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3166516C" w14:textId="77777777" w:rsidR="006E002F" w:rsidRPr="002341FF" w:rsidRDefault="006E002F" w:rsidP="006E002F">
+    <w:p w14:paraId="38743B8D" w14:textId="77777777" w:rsidR="0022715D" w:rsidRDefault="006E002F" w:rsidP="0022715D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
         </w:rPr>
         <w:t>555-765-4321</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25559494" w14:textId="3D4E751A" w:rsidR="005D291F" w:rsidRPr="005E2941" w:rsidRDefault="006E002F" w:rsidP="006E002F">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="25559494" w14:textId="2CF119B7" w:rsidR="005D291F" w:rsidRPr="005E2941" w:rsidRDefault="006E002F" w:rsidP="0022715D">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="292929"/>
         </w:rPr>
         <w:t>potts@pcs.ca</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BDA1D44" w14:textId="483FC2F6" w:rsidR="00A20B1B" w:rsidRPr="005D291F" w:rsidRDefault="00A20B1B" w:rsidP="005D291F">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A20B1B" w:rsidRPr="005D291F" w:rsidSect="00D22781">
       <w:headerReference w:type="even" r:id="rId13"/>
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="even" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="810" w:right="1440" w:bottom="1260" w:left="1440" w:header="540" w:footer="554" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E5AC7C0" w14:textId="77777777" w:rsidR="00D22781" w:rsidRDefault="00D22781" w:rsidP="008E3EB6">
+    <w:p w14:paraId="7F261BD0" w14:textId="77777777" w:rsidR="003A4EF4" w:rsidRDefault="003A4EF4" w:rsidP="008E3EB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C6BF93D" w14:textId="77777777" w:rsidR="00D22781" w:rsidRDefault="00D22781" w:rsidP="008E3EB6">
+    <w:p w14:paraId="2560984B" w14:textId="77777777" w:rsidR="003A4EF4" w:rsidRDefault="003A4EF4" w:rsidP="008E3EB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Headings CS)">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-1349256123"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="0E3D6AC2" w14:textId="282C1578" w:rsidR="00C41B6B" w:rsidRDefault="00C41B6B" w:rsidP="00960614">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
@@ -4281,75 +4096,80 @@
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1163872F" w14:textId="77777777" w:rsidR="00C41B6B" w:rsidRDefault="00C41B6B" w:rsidP="00C41B6B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="319E50CF" w14:textId="77777777" w:rsidR="000851EB" w:rsidRDefault="000851EB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:id w:val="1181852534"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="1C00978F" w14:textId="77777777" w:rsidR="00605F92" w:rsidRPr="00C41B6B" w:rsidRDefault="00605F92" w:rsidP="00605F92">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="page" w:x="940" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="FFFFFF" w:themeColor="background1"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00C41B6B">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="FFFFFF" w:themeColor="background1"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00C41B6B">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:b/>
@@ -4448,57 +4268,57 @@
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Type in Title of Document</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6D842320" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:15.3pt;margin-top:5.65pt;width:301.1pt;height:30.85pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTRGOuLAIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5xn0xhxiixFhgFB&#10;WyAdelZkKTYgi5qkxM5+/SjZebTbadhFJkXq4+uj5w9NpchRWFeCzuig16dEaA55qfcZ/fG6/nJP&#10;ifNM50yBFhk9CUcfFp8/zWuTiiEUoHJhCYJol9Ymo4X3Jk0SxwtRMdcDIzQaJdiKeVTtPsktqxG9&#10;Usmw379LarC5scCFc3j72BrpIuJLKbh/ltIJT1RGMTcfTxvPXTiTxZyle8tMUfIuDfYPWVSs1Bj0&#10;AvXIPCMHW/4BVZXcggPpexyqBKQsuYg1YDWD/odqtgUzItaCzXHm0ib3/2D503FrXizxzVdocICh&#10;IbVxqcPLUE8jbRW+mClBO7bwdGmbaDzheDm6H45mUzRxtI1mg+lsEmCS62tjnf8moCJByKjFscRu&#10;sePG+db17BKCOVBlvi6VikqgglgpS44Mh6h8zBHB33kpTeqM3o0m/QisITxvkZXGXK41Bck3u6Yr&#10;dAf5Ceu30FLDGb4uMckNc/6FWeQC1oX89s94SAUYBDqJkgLsr7/dB38cEVopqZFbGXU/D8wKStR3&#10;jcObDcbjQMaojCfTISr21rK7tehDtQKsfICbZHgUg79XZ1FaqN5wDZYhKpqY5hg7o/4srnzLeFwj&#10;LpbL6IT0M8xv9NbwAB06HUbw2rwxa7o5eZzwE5xZyNIP42p9w0sNy4MHWcZZhga3Xe36jtSNbOjW&#10;LOzGrR69rj+DxW8AAAD//wMAUEsDBBQABgAIAAAAIQACwg8W3wAAAAgBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUhcEHVaixSFOBVC/Ejc2tAibm68JBHxOordJLw9ywmOOzOa/Sbf&#10;zK4TIw6h9aRhuUhAIFXetlRreCufrm9BhGjIms4TavjGAJvi/Cw3mfUTbXHcxVpwCYXMaGhi7DMp&#10;Q9WgM2HheyT2Pv3gTORzqKUdzMTlrpOrJEmlMy3xh8b0+NBg9bU7OQ0fV/X7a5if95O6Uf3jy1iu&#10;D7bU+vJivr8DEXGOf2H4xWd0KJjp6E9kg+g0qCTlJOtLBYL9VK14ylHDWiUgi1z+H1D8AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJNEY64sAgAAVAQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAALCDxbfAAAACAEAAA8AAAAAAAAAAAAAAAAAhgQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:15.3pt;margin-top:5.65pt;width:301.1pt;height:30.85pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTRGOuLAIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5xn0xhxiixFhgFB&#10;WyAdelZkKTYgi5qkxM5+/SjZebTbadhFJkXq4+uj5w9NpchRWFeCzuig16dEaA55qfcZ/fG6/nJP&#10;ifNM50yBFhk9CUcfFp8/zWuTiiEUoHJhCYJol9Ymo4X3Jk0SxwtRMdcDIzQaJdiKeVTtPsktqxG9&#10;Usmw379LarC5scCFc3j72BrpIuJLKbh/ltIJT1RGMTcfTxvPXTiTxZyle8tMUfIuDfYPWVSs1Bj0&#10;AvXIPCMHW/4BVZXcggPpexyqBKQsuYg1YDWD/odqtgUzItaCzXHm0ib3/2D503FrXizxzVdocICh&#10;IbVxqcPLUE8jbRW+mClBO7bwdGmbaDzheDm6H45mUzRxtI1mg+lsEmCS62tjnf8moCJByKjFscRu&#10;sePG+db17BKCOVBlvi6VikqgglgpS44Mh6h8zBHB33kpTeqM3o0m/QisITxvkZXGXK41Bck3u6Yr&#10;dAf5Ceu30FLDGb4uMckNc/6FWeQC1oX89s94SAUYBDqJkgLsr7/dB38cEVopqZFbGXU/D8wKStR3&#10;jcObDcbjQMaojCfTISr21rK7tehDtQKsfICbZHgUg79XZ1FaqN5wDZYhKpqY5hg7o/4srnzLeFwj&#10;LpbL6IT0M8xv9NbwAB06HUbw2rwxa7o5eZzwE5xZyNIP42p9w0sNy4MHWcZZhga3Xe36jtSNbOjW&#10;LOzGrR69rj+DxW8AAAD//wMAUEsDBBQABgAIAAAAIQACwg8W3wAAAAgBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUhcEHVaixSFOBVC/Ejc2tAibm68JBHxOordJLw9ywmOOzOa/Sbf&#10;zK4TIw6h9aRhuUhAIFXetlRreCufrm9BhGjIms4TavjGAJvi/Cw3mfUTbXHcxVpwCYXMaGhi7DMp&#10;Q9WgM2HheyT2Pv3gTORzqKUdzMTlrpOrJEmlMy3xh8b0+NBg9bU7OQ0fV/X7a5if95O6Uf3jy1iu&#10;D7bU+vJivr8DEXGOf2H4xWd0KJjp6E9kg+g0qCTlJOtLBYL9VK14ylHDWiUgi1z+H1D8AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJNEY64sAgAAVAQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAALCDxbfAAAACAEAAA8AAAAAAAAAAAAAAAAAhgQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="128EF694" w14:textId="77777777" w:rsidR="00A871E8" w:rsidRPr="001F0931" w:rsidRDefault="00A871E8" w:rsidP="00A871E8">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="001F0931">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Type in Title of Document</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
@@ -4549,96 +4369,96 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7833360" cy="1023620"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E9D9784" w14:textId="77777777" w:rsidR="00D22781" w:rsidRDefault="00D22781" w:rsidP="008E3EB6">
+    <w:p w14:paraId="23F07D3E" w14:textId="77777777" w:rsidR="003A4EF4" w:rsidRDefault="003A4EF4" w:rsidP="008E3EB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7878B10C" w14:textId="77777777" w:rsidR="00D22781" w:rsidRDefault="00D22781" w:rsidP="008E3EB6">
+    <w:p w14:paraId="3F5A3FD5" w14:textId="77777777" w:rsidR="003A4EF4" w:rsidRDefault="003A4EF4" w:rsidP="008E3EB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="295D3B79" w14:textId="5929E7D7" w:rsidR="000851EB" w:rsidRDefault="000851EB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D18A357" w14:textId="37AFFC92" w:rsidR="000851EB" w:rsidRDefault="000851EB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3752ACCB" w14:textId="1DEE4716" w:rsidR="00CA66BB" w:rsidRDefault="0073577B" w:rsidP="00FF15F1">
     <w:pPr>
       <w:pStyle w:val="TitleofDocument"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-CA"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DD20926" wp14:editId="03CC7667">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-134620</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1679575" cy="743585"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="22" name="Picture 22" descr="A picture containing silhouette&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -4677,51 +4497,51 @@
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00FF15F1" w:rsidRPr="00700FEC">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:t>Document Title</w:t>
     </w:r>
     <w:r w:rsidR="00171B03">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:br/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FB37CD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68CA879A"/>
     <w:lvl w:ilvl="0" w:tplc="10090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6347,111 +6167,113 @@
   <w:num w:numId="12" w16cid:durableId="1420759814">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="690106298">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="706561292">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="568422721">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="688524618">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="361833002">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="449783293">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008E3EB6"/>
     <w:rsid w:val="00002716"/>
     <w:rsid w:val="00005B5E"/>
     <w:rsid w:val="00005FE2"/>
     <w:rsid w:val="0000626B"/>
     <w:rsid w:val="00011A8E"/>
     <w:rsid w:val="00040D16"/>
     <w:rsid w:val="0007302F"/>
     <w:rsid w:val="000851EB"/>
     <w:rsid w:val="000A3767"/>
     <w:rsid w:val="000B3C8B"/>
     <w:rsid w:val="000F5F42"/>
     <w:rsid w:val="0012363B"/>
     <w:rsid w:val="001341BE"/>
     <w:rsid w:val="0013640D"/>
     <w:rsid w:val="00152F4D"/>
     <w:rsid w:val="00171B03"/>
     <w:rsid w:val="00171E73"/>
     <w:rsid w:val="00184F83"/>
     <w:rsid w:val="00193587"/>
     <w:rsid w:val="001A6152"/>
     <w:rsid w:val="001B2799"/>
     <w:rsid w:val="001F0931"/>
     <w:rsid w:val="001F4463"/>
+    <w:rsid w:val="002243D5"/>
+    <w:rsid w:val="0022715D"/>
     <w:rsid w:val="00233FE0"/>
     <w:rsid w:val="00242261"/>
     <w:rsid w:val="002C1FF1"/>
     <w:rsid w:val="002C6DFC"/>
     <w:rsid w:val="002E7F3B"/>
     <w:rsid w:val="00310535"/>
     <w:rsid w:val="00312628"/>
     <w:rsid w:val="00312804"/>
     <w:rsid w:val="00337A45"/>
     <w:rsid w:val="003736D9"/>
     <w:rsid w:val="00381D95"/>
+    <w:rsid w:val="003A4EF4"/>
     <w:rsid w:val="003E5A87"/>
     <w:rsid w:val="003F1C19"/>
     <w:rsid w:val="003F3923"/>
     <w:rsid w:val="00442002"/>
     <w:rsid w:val="00453CB1"/>
     <w:rsid w:val="004609C8"/>
     <w:rsid w:val="00487BF2"/>
     <w:rsid w:val="004960A7"/>
     <w:rsid w:val="004C72EC"/>
     <w:rsid w:val="0051546E"/>
     <w:rsid w:val="005518DD"/>
     <w:rsid w:val="00567492"/>
     <w:rsid w:val="005735E9"/>
     <w:rsid w:val="00581EA8"/>
     <w:rsid w:val="005919E7"/>
     <w:rsid w:val="005A3C16"/>
     <w:rsid w:val="005B6B02"/>
     <w:rsid w:val="005D291F"/>
     <w:rsid w:val="005E458A"/>
     <w:rsid w:val="005F4AA9"/>
     <w:rsid w:val="00605F92"/>
     <w:rsid w:val="0062122B"/>
     <w:rsid w:val="00654D87"/>
     <w:rsid w:val="00684246"/>
     <w:rsid w:val="00696712"/>
@@ -6462,50 +6284,51 @@
     <w:rsid w:val="0071399C"/>
     <w:rsid w:val="00723082"/>
     <w:rsid w:val="0073577B"/>
     <w:rsid w:val="007437AE"/>
     <w:rsid w:val="0075741B"/>
     <w:rsid w:val="007603B3"/>
     <w:rsid w:val="00764E36"/>
     <w:rsid w:val="00773BA5"/>
     <w:rsid w:val="00782809"/>
     <w:rsid w:val="00784586"/>
     <w:rsid w:val="00784688"/>
     <w:rsid w:val="00794BD1"/>
     <w:rsid w:val="00797A5C"/>
     <w:rsid w:val="007C5C99"/>
     <w:rsid w:val="007D7D32"/>
     <w:rsid w:val="007E44AA"/>
     <w:rsid w:val="007F0905"/>
     <w:rsid w:val="00802FA0"/>
     <w:rsid w:val="00812E6E"/>
     <w:rsid w:val="008233FB"/>
     <w:rsid w:val="00841BF5"/>
     <w:rsid w:val="00846644"/>
     <w:rsid w:val="008632E6"/>
     <w:rsid w:val="008B3364"/>
     <w:rsid w:val="008C6D33"/>
+    <w:rsid w:val="008D2495"/>
     <w:rsid w:val="008E3EB6"/>
     <w:rsid w:val="00904465"/>
     <w:rsid w:val="009167A1"/>
     <w:rsid w:val="0092695B"/>
     <w:rsid w:val="009339AC"/>
     <w:rsid w:val="00940195"/>
     <w:rsid w:val="009758D9"/>
     <w:rsid w:val="0097684C"/>
     <w:rsid w:val="00984314"/>
     <w:rsid w:val="009B4D2B"/>
     <w:rsid w:val="009B78B5"/>
     <w:rsid w:val="009E4118"/>
     <w:rsid w:val="009F0573"/>
     <w:rsid w:val="009F2016"/>
     <w:rsid w:val="00A175C7"/>
     <w:rsid w:val="00A20B1B"/>
     <w:rsid w:val="00A73D31"/>
     <w:rsid w:val="00A871E8"/>
     <w:rsid w:val="00A947C7"/>
     <w:rsid w:val="00AA01CA"/>
     <w:rsid w:val="00AA1122"/>
     <w:rsid w:val="00AA129F"/>
     <w:rsid w:val="00AA4DDA"/>
     <w:rsid w:val="00AB179A"/>
     <w:rsid w:val="00AB2A5C"/>
@@ -6562,51 +6385,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="27A34917"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{CCE3C8F3-E52D-314D-87AA-D2AB30E13542}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-CA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="4" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="4" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="4" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="4" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="4" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="4" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7525,51 +7348,51 @@
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009758D9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="292929" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="OTF_theme">
   <a:themeElements>
     <a:clrScheme name="OTF">
       <a:dk1>
         <a:srgbClr val="292929"/>
       </a:dk1>
       <a:lt1>
@@ -7790,77 +7613,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="OTF_theme" id="{2D79B5FD-F4AD-034A-8A87-CCA152C3FD59}" vid="{2AAD2A7B-3104-2645-B10D-D2B2A8E41F04}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...25 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100344C029120E39F47B230807199DA9083" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="71eb85bd48413569d86980123eae081a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="67c092d5-800f-4585-80c5-884db9281976" xmlns:ns3="3516e4d2-b5be-4801-ac58-d602e0ad99ed" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c5fd9e576bc0bd62a2ab6c9aba5f6386" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="67c092d5-800f-4585-80c5-884db9281976"/>
     <xsd:import namespace="3516e4d2-b5be-4801-ac58-d602e0ad99ed"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -8094,135 +7890,168 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="3516e4d2-b5be-4801-ac58-d602e0ad99ed" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="67c092d5-800f-4585-80c5-884db9281976">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_x0034_0 xmlns="67c092d5-800f-4585-80c5-884db9281976">true</_x0034_0>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B8858D6-8FE2-4C5E-8188-935775170F6D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="67c092d5-800f-4585-80c5-884db9281976"/>
     <ds:schemaRef ds:uri="3516e4d2-b5be-4801-ac58-d602e0ad99ed"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE251F6A-3C66-443A-A00B-9A56D9C59122}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3516e4d2-b5be-4801-ac58-d602e0ad99ed"/>
+    <ds:schemaRef ds:uri="67c092d5-800f-4585-80c5-884db9281976"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3020EB8-DA18-4ED5-A399-A0FB1A330619}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10E468F4-0D56-A641-8BA7-4000941C6A27}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{165a4a84-9c25-4678-b1a7-8dd643e3c96e}" enabled="0" method="" siteId="{165a4a84-9c25-4678-b1a7-8dd643e3c96e}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>634</Words>
-  <Characters>3619</Characters>
+  <Words>688</Words>
+  <Characters>3664</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>118</Lines>
+  <Paragraphs>62</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Ontario Trillium Foundation | Fondation Trillium de l'Ontario</vt:lpstr>
       <vt:lpstr>Ontario Trillium Foundation | Fondation Trillium de l'Ontario</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4245</CharactersWithSpaces>
+  <CharactersWithSpaces>4290</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ontario Trillium Foundation | Fondation Trillium de l'Ontario</dc:title>
   <dc:subject/>
   <dc:creator>Chris Shepherd</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>